--- v0 (2025-10-02)
+++ v1 (2026-01-27)
@@ -1,1251 +1,1174 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
+  <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
-    <w:p w14:paraId="181A1B97" w14:textId="30CFF89B" w:rsidR="00BC2779" w:rsidRDefault="00BC2779" w:rsidP="00BC2779">
-[...3 lines deleted...]
-        <w:ind w:left="-1134"/>
+    <w:p w14:paraId="22430B67" w14:textId="77777777" w:rsidR="004B2B11" w:rsidRPr="004B2B11" w:rsidRDefault="004B2B11" w:rsidP="004B2B11">
+      <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
-          <w:color w:val="0070C0"/>
-[...28 lines deleted...]
-          <w:color w:val="0070C0"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004B2B11">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>TELİF HAKKI DEVRİ VE YAZAR BEYAN FORMU</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5446C001" w14:textId="3940CD04" w:rsidR="004B2B11" w:rsidRDefault="004B2B11" w:rsidP="004B2B11">
+      <w:pPr>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004B2B11">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">International </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="004B2B11">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Journal</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="004B2B11">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> of </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="004B2B11">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Educational</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="004B2B11">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="004B2B11">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>and</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="004B2B11">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="004B2B11">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Social</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="004B2B11">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="004B2B11">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Sciences</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="004B2B11">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> (IJESOS)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="043E7822" w14:textId="5FD7317C" w:rsidR="000864C5" w:rsidRDefault="000864C5" w:rsidP="00BC2779">
-[...3 lines deleted...]
-        <w:ind w:left="-397"/>
+    <w:p w14:paraId="011942DE" w14:textId="1EE50D95" w:rsidR="004B2B11" w:rsidRPr="004B2B11" w:rsidRDefault="004B2B11" w:rsidP="004B2B11">
+      <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
-          <w:color w:val="0070C0"/>
-[...35 lines deleted...]
-        <w:t xml:space="preserve"> (ESBİD)</w:t>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004B2B11">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Uluslararası Eğitim ve Sosyal Bilimler Dergisi (ESBİD)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7DAC5408" w14:textId="77777777" w:rsidR="004E7CFB" w:rsidRDefault="004E7CFB" w:rsidP="004E7CFB">
-[...3 lines deleted...]
-        <w:ind w:firstLine="708"/>
+    <w:p w14:paraId="4126E6F6" w14:textId="77777777" w:rsidR="004B2B11" w:rsidRPr="004B2B11" w:rsidRDefault="004B2B11" w:rsidP="004B2B11">
+      <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Helvetica"/>
-[...16 lines deleted...]
-        <w:t>SORUMLU YAZAR</w:t>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004B2B11">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Sorumlu Yazar</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004B2B11">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> sıfatıyla, tüm yazarlar adına aşağıdaki hususları beyan ve taahhüt ederim:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5720C4D2" w14:textId="77777777" w:rsidR="004E7CFB" w:rsidRDefault="004E7CFB" w:rsidP="004E7CFB">
-[...3 lines deleted...]
-        <w:ind w:firstLine="708"/>
+    <w:p w14:paraId="0C773A92" w14:textId="77777777" w:rsidR="004B2B11" w:rsidRPr="004B2B11" w:rsidRDefault="004B2B11" w:rsidP="004B2B11">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Helvetica"/>
-[...14 lines deleted...]
-        <w:t>Sorumlu yazar olarak tüm yazarlar adına:</w:t>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004B2B11">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Orijinallik:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004B2B11">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Sunulan çalışma, </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="004B2B11">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>yazar(</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="004B2B11">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>lar</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="004B2B11">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>)</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="004B2B11">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>ın</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="004B2B11">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> özgün çalışmasıdır.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1F2B8754" w14:textId="02567F3E" w:rsidR="004E7CFB" w:rsidRDefault="004E7CFB" w:rsidP="004E7CFB">
-[...3 lines deleted...]
-        <w:ind w:firstLine="708"/>
+    <w:p w14:paraId="550EB1C1" w14:textId="77777777" w:rsidR="004B2B11" w:rsidRPr="004B2B11" w:rsidRDefault="004B2B11" w:rsidP="004B2B11">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Helvetica"/>
-[...14 lines deleted...]
-        <w:t xml:space="preserve">a) sunulan </w:t>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004B2B11">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Yazarlık ve Sorumluluk:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004B2B11">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Tüm yazarlar çalışmaya akademik olarak doğrudan katkıda bulunmuş ve çalışmanın içeriğine dair her türlü bilimsel ve hukuki sorumluluğu üstlenmişlerdir.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2FC6143A" w14:textId="77777777" w:rsidR="004B2B11" w:rsidRPr="004B2B11" w:rsidRDefault="004B2B11" w:rsidP="004B2B11">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004B2B11">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Yetkilendirme:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004B2B11">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Makale üzerindeki yayın haklarını, "Açık Erişim" (Open Access) ve </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004B2B11">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Creative </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="004B2B11">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Commons</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="004B2B11">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (CC)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004B2B11">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> lisans modellerine uygun olarak </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004B2B11">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>ESBİD/</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="004B2B11">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>IJESOS</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004B2B11">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>’a</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="004B2B11">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> devretme hususunda tüm yazarlardan gerekli yetkiyi aldığımı; bu süreçten doğabilecek her türlü uyuşmazlıkta sorumluluğun şahsıma ait olduğunu beyan ederim.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5D02CA1D" w14:textId="77777777" w:rsidR="004B2B11" w:rsidRPr="004B2B11" w:rsidRDefault="004B2B11" w:rsidP="004B2B11">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004B2B11">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Nihai Onay:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004B2B11">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Tüm yazarlar çalışmanın sisteme yüklenen son halini incelemiş ve onaylamıştır.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4F109A98" w14:textId="77777777" w:rsidR="004B2B11" w:rsidRPr="004B2B11" w:rsidRDefault="004B2B11" w:rsidP="004B2B11">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004B2B11">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Veri Doğruluğu:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004B2B11">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Yazarlara ait kimlik, kurum ve iletişim bilgileri sisteme eksiksiz ve doğru bir şekilde girilmiştir.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4B078DD0" w14:textId="77777777" w:rsidR="004B2B11" w:rsidRPr="004B2B11" w:rsidRDefault="004B2B11" w:rsidP="004B2B11">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004B2B11">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Yayın Durumu:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004B2B11">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Makale daha önce başka bir mecrada yayımlanmamış ve değerlendirilmek üzere başka bir dergiye sunulmamıştır.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7BD8412C" w14:textId="77777777" w:rsidR="004B2B11" w:rsidRPr="004B2B11" w:rsidRDefault="004B2B11" w:rsidP="004B2B11">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004B2B11">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Telif Hakları:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004B2B11">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Çalışmada yer alan metin, görsel ve </w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
-      <w:r>
-[...17 lines deleted...]
-        <w:t>(</w:t>
+      <w:r w:rsidRPr="004B2B11">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>dokümanların</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
-      <w:r w:rsidR="003061D0">
-[...17 lines deleted...]
-        <w:t xml:space="preserve"> yazar(lar)ın orijinal çalışması olduğunu;</w:t>
+      <w:r w:rsidRPr="004B2B11">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> üçüncü şahıslara ait telif haklarını ihlal etmediği garanti edilir.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="63F36F97" w14:textId="77777777" w:rsidR="004E7CFB" w:rsidRDefault="004E7CFB" w:rsidP="004E7CFB">
-[...3 lines deleted...]
-        <w:ind w:firstLine="708"/>
+    <w:p w14:paraId="3249224E" w14:textId="77777777" w:rsidR="004B2B11" w:rsidRPr="004B2B11" w:rsidRDefault="004B2B11" w:rsidP="004B2B11">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Helvetica"/>
-[...14 lines deleted...]
-        <w:t>b) tüm yazarların bu çalışmaya bireysel olarak katılmış olduklarını ve bu çalışma için her türlü sorumluluğu aldıklarını;</w:t>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004B2B11">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Kullanım Hakları ve Atıf:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004B2B11">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Dergi, makaleyi CC lisansı kapsamında serbestçe erişime açma, dizinleme için tarama ve veri olarak kullanma hakkına sahiptir. Bu süreçte </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="004B2B11">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>yazar(</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="004B2B11">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>lar</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="004B2B11">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>)</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="004B2B11">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>ın</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="004B2B11">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> atıf alma hakkı saklıdır.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0D0CD80A" w14:textId="1AED7186" w:rsidR="004E7CFB" w:rsidRDefault="004E7CFB" w:rsidP="004E7CFB">
-[...3 lines deleted...]
-        <w:ind w:firstLine="708"/>
+    <w:p w14:paraId="3AB5E4C6" w14:textId="77777777" w:rsidR="004B2B11" w:rsidRPr="004B2B11" w:rsidRDefault="004B2B11" w:rsidP="004B2B11">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Helvetica"/>
-[...94 lines deleted...]
-        <w:t>devretme ve formda yer alan taahhütlerde bulunma hususunda yetki aldığımı, bu nedenle doğmuş veya doğabilecek tüm uyuşmazlıklardan sorumlu olacağımı;</w:t>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004B2B11">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Saklı Tutulan Haklar:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004B2B11">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="004B2B11">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Yazar(</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="004B2B11">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>lar</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="004B2B11">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>)</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="004B2B11">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>ın</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="004B2B11">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> veya (varsa) işverenlerinin aşağıdaki hakları saklıdır:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="40C8A57D" w14:textId="77777777" w:rsidR="004E7CFB" w:rsidRDefault="004E7CFB" w:rsidP="004E7CFB">
-[...3 lines deleted...]
-        <w:ind w:firstLine="708"/>
+    <w:p w14:paraId="6F1662FB" w14:textId="77777777" w:rsidR="004B2B11" w:rsidRPr="004B2B11" w:rsidRDefault="004B2B11" w:rsidP="004B2B11">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Helvetica"/>
-[...14 lines deleted...]
-        <w:t>d) tüm yazarların sunulan makalenin son halini gördüklerini ve onayladıklarını;</w:t>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004B2B11">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Tüm patent hakları.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6C818C8A" w14:textId="26F22D24" w:rsidR="004E7CFB" w:rsidRDefault="004E7CFB" w:rsidP="004E7CFB">
-[...3 lines deleted...]
-        <w:ind w:firstLine="708"/>
+    <w:p w14:paraId="48E03C55" w14:textId="77777777" w:rsidR="004B2B11" w:rsidRPr="004B2B11" w:rsidRDefault="004B2B11" w:rsidP="004B2B11">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Helvetica"/>
-[...34 lines deleted...]
-        <w:t xml:space="preserve"> ve posta adreslerinin ESBİD Makale Gönderme ve Değerlendirme Sistemi’ne doğru girildiğini;</w:t>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004B2B11">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Makalenin tamamını, ticari olmayan şahsi çalışmalarında (kitap, ders notu vb.) kaynak göstermek kaydıyla ücretsiz kullanma hakkı.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="40F98C0F" w14:textId="77777777" w:rsidR="004E7CFB" w:rsidRDefault="004E7CFB" w:rsidP="004E7CFB">
-[...3 lines deleted...]
-        <w:ind w:firstLine="708"/>
+    <w:p w14:paraId="5D775A2D" w14:textId="77777777" w:rsidR="004B2B11" w:rsidRPr="004B2B11" w:rsidRDefault="004B2B11" w:rsidP="004B2B11">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Helvetica"/>
-[...14 lines deleted...]
-        <w:t>f) makalenin başka bir yerde basılmadığını veya basılmak için sunulmadığını;</w:t>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004B2B11">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Makaleyi kişisel veya kurumsal ağlarda elektronik olarak paylaşma ve çoğaltma hakkı.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="407EF417" w14:textId="77777777" w:rsidR="004E7CFB" w:rsidRDefault="004E7CFB" w:rsidP="004E7CFB">
-[...3 lines deleted...]
-        <w:ind w:firstLine="708"/>
+    <w:p w14:paraId="46CB4D42" w14:textId="77777777" w:rsidR="004B2B11" w:rsidRPr="004B2B11" w:rsidRDefault="004B2B11" w:rsidP="004B2B11">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Helvetica"/>
-[...36 lines deleted...]
-        <w:t xml:space="preserve"> diğer şahıslara ait olan Telif Haklarını ihlal etmediğini;</w:t>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004B2B11">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Hukuki Muafiyet:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004B2B11">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Telif hakkı ihlali veya etik dışı durumlar nedeniyle üçüncü şahıslar tarafından ileri sürülecek hak taleplerinden ve doğabilecek davalardan </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004B2B11">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>ESBİD</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004B2B11">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> ve Dergi Editörleri sorumlu tutulamaz. Tüm hukuki ve cezai sorumluluk sorumlu yazara aittir.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6166EB9F" w14:textId="1357E19D" w:rsidR="004E7CFB" w:rsidRDefault="004E7CFB" w:rsidP="004E7CFB">
-[...3 lines deleted...]
-        <w:ind w:firstLine="708"/>
+    <w:p w14:paraId="005FBFD0" w14:textId="77777777" w:rsidR="004B2B11" w:rsidRPr="004B2B11" w:rsidRDefault="004B2B11" w:rsidP="004B2B11">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Helvetica"/>
-[...166 lines deleted...]
-        <w:t>lar)ın veya varsa yazar(lar)ın işvereninin</w:t>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004B2B11">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Etik ve Yasal Uyum:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004B2B11">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Çalışmanın hiçbir suç unsuru içermediğini; araştırma sürecinde yasal izinlerin alındığını ve etik kurallara tam uyum sağlandığını taahhüt ederim.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="446A27BA" w14:textId="04A6F03A" w:rsidR="004E7CFB" w:rsidRDefault="00857D47" w:rsidP="004E7CFB">
-[...3 lines deleted...]
-        <w:ind w:firstLine="708"/>
+    <w:p w14:paraId="744E3213" w14:textId="77777777" w:rsidR="004B2B11" w:rsidRPr="004B2B11" w:rsidRDefault="004B2B11" w:rsidP="004B2B11">
+      <w:pPr>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004B2B11">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Makalenin Adı:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004B2B11">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> ____________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="76E406D9" w14:textId="77777777" w:rsidR="004B2B11" w:rsidRPr="004B2B11" w:rsidRDefault="004B2B11" w:rsidP="004B2B11">
+      <w:pPr>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004B2B11">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Sorumlu Yazarın Adı Soyadı:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004B2B11">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> ______________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="24E7BC7A" w14:textId="77777777" w:rsidR="004B2B11" w:rsidRPr="004B2B11" w:rsidRDefault="004B2B11" w:rsidP="004B2B11">
+      <w:pPr>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004B2B11">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Tarih:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004B2B11">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> ____ / ____ / 20__ </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004B2B11">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>İmza:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004B2B11">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> __________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="693661B8" w14:textId="77777777" w:rsidR="004B2B11" w:rsidRPr="004B2B11" w:rsidRDefault="004B2B11" w:rsidP="004B2B11">
+      <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Helvetica"/>
-[...24 lines deleted...]
-        <w:t xml:space="preserve"> patent hakları;</w:t>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004B2B11">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:pict w14:anchorId="0446915B">
+          <v:rect id="_x0000_i1031" style="width:0;height:1.5pt" o:hralign="center" o:hrstd="t" o:hr="t" fillcolor="#a0a0a0" stroked="f"/>
+        </w:pict>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3782D2CD" w14:textId="2F263130" w:rsidR="004E7CFB" w:rsidRDefault="00857D47" w:rsidP="004E7CFB">
-[...3 lines deleted...]
-        <w:ind w:firstLine="708"/>
+    <w:p w14:paraId="664FC208" w14:textId="77777777" w:rsidR="004B2B11" w:rsidRPr="004B2B11" w:rsidRDefault="004B2B11" w:rsidP="004B2B11">
+      <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Helvetica"/>
-[...46 lines deleted...]
-        <w:t>lar)ın gelecekte kitaplarında veya diğer çalışmalarında makalenin tümünü ücret ödemeksizin kullanma hakkı;</w:t>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004B2B11">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Not:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004B2B11">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Lütfen bu formu bilgisayarınıza indirip çıktısını alınız. Gerekli alanları doldurup imzaladıktan sonra, formu tarayarak veya yüksek çözünürlüklü bir fotoğrafını çekerek makale gönderim sisteminin 3. adımında yer alan "Dosya Gönder" bağlantısı üzerinden sisteme yükleyiniz. Formun sadece sorumlu yazar tarafından imzalanıp gönderilmesi yeterlidir.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="30DDE036" w14:textId="3A3ADA15" w:rsidR="004E7CFB" w:rsidRDefault="00857D47" w:rsidP="004E7CFB">
-[...3 lines deleted...]
-        <w:ind w:firstLine="708"/>
+    <w:p w14:paraId="379CAF61" w14:textId="2FDB1F25" w:rsidR="0026409A" w:rsidRPr="004B2B11" w:rsidRDefault="0026409A" w:rsidP="004B2B11">
+      <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
-[...141 lines deleted...]
-      </w:r>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
     </w:p>
-    <w:p w14:paraId="55AB1A00" w14:textId="77777777" w:rsidR="004E7CFB" w:rsidRDefault="004E7CFB" w:rsidP="004E7CFB">
-[...207 lines deleted...]
-      <w:footerReference w:type="default" r:id="rId7"/>
+    <w:sectPr w:rsidR="0026409A" w:rsidRPr="004B2B11" w:rsidSect="00B40D2D">
+      <w:footerReference w:type="default" r:id="rId8"/>
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="851" w:right="851" w:bottom="851" w:left="851" w:header="709" w:footer="397" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="023E667F" w14:textId="77777777" w:rsidR="00273C38" w:rsidRDefault="00273C38" w:rsidP="00B40D2D">
+    <w:p w14:paraId="77B76753" w14:textId="77777777" w:rsidR="00615D10" w:rsidRDefault="00615D10" w:rsidP="00B40D2D">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="1854EDC0" w14:textId="77777777" w:rsidR="00273C38" w:rsidRDefault="00273C38" w:rsidP="00B40D2D">
+    <w:p w14:paraId="7A3C55A1" w14:textId="77777777" w:rsidR="00615D10" w:rsidRDefault="00615D10" w:rsidP="00B40D2D">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
+  <w:font w:name="Courier New">
+    <w:panose1 w:val="02070309020205020404"/>
+    <w:charset w:val="A2"/>
+    <w:family w:val="modern"/>
+    <w:pitch w:val="fixed"/>
+    <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Times New Roman">
+    <w:panose1 w:val="02020603050405020304"/>
+    <w:charset w:val="00"/>
+    <w:family w:val="roman"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+  </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="A2"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="A2"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
-  <w:font w:name="Times New Roman">
-[...5 lines deleted...]
-  </w:font>
   <w:font w:name="Verdana">
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="A2"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="A00006FF" w:usb1="4000205B" w:usb2="00000010" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
-  <w:font w:name="Helvetica">
-[...5 lines deleted...]
-  </w:font>
   <w:font w:name="Roboto">
     <w:altName w:val="Arial"/>
     <w:charset w:val="00"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E00002FF" w:usb1="5000205B" w:usb2="00000020" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
+    <w:sig w:usb0="E0000AFF" w:usb1="5000217F" w:usb2="00000021" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="A2"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="07E14D3E" w14:textId="77777777" w:rsidR="00B40D2D" w:rsidRDefault="00B40D2D">
     <w:pPr>
       <w:pStyle w:val="AltBilgi"/>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:noProof/>
       </w:rPr>
       <mc:AlternateContent>
         <mc:Choice Requires="wps">
           <w:drawing>
             <wp:anchor distT="0" distB="0" distL="0" distR="0" simplePos="0" relativeHeight="251659264" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="18ADC1B1" wp14:editId="5CEC52A7">
               <wp:simplePos x="0" y="0"/>
               <wp:positionH relativeFrom="rightMargin">
                 <wp:posOffset>-509905</wp:posOffset>
               </wp:positionH>
               <wp:positionV relativeFrom="bottomMargin">
                 <wp:posOffset>-178908</wp:posOffset>
               </wp:positionV>
               <wp:extent cx="520065" cy="276225"/>
               <wp:effectExtent l="0" t="0" r="0" b="9525"/>
               <wp:wrapSquare wrapText="bothSides"/>
               <wp:docPr id="40" name="Dikdörtgen 40"/>
               <wp:cNvGraphicFramePr/>
               <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
@@ -1463,52 +1386,53 @@
                           <a:schemeClr val="dk1"/>
                         </a:fontRef>
                       </wps:style>
                       <wps:txbx>
                         <w:txbxContent>
                           <w:sdt>
                             <w:sdtPr>
                               <w:rPr>
                                 <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
                                 <w:color w:val="4D5156"/>
                                 <w:sz w:val="21"/>
                                 <w:szCs w:val="21"/>
                                 <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
                               </w:rPr>
                               <w:alias w:val="Tarih"/>
                               <w:tag w:val=""/>
                               <w:id w:val="-1063724354"/>
                               <w:dataBinding w:prefixMappings="xmlns:ns0='http://schemas.microsoft.com/office/2006/coverPageProps' " w:xpath="/ns0:CoverPageProperties[1]/ns0:PublishDate[1]" w:storeItemID="{55AF091B-3C7A-41E3-B477-F2FDAA23CFDA}"/>
                               <w:date>
                                 <w:dateFormat w:val="dd MMMM yyyy"/>
                                 <w:lid w:val="tr-TR"/>
                                 <w:storeMappedDataAs w:val="dateTime"/>
                                 <w:calendar w:val="gregorian"/>
                               </w:date>
                             </w:sdtPr>
+                            <w:sdtEndPr/>
                             <w:sdtContent>
-                              <w:p w14:paraId="44B8E350" w14:textId="4C10D51C" w:rsidR="00B40D2D" w:rsidRPr="00B40D2D" w:rsidRDefault="009410F7" w:rsidP="00B40D2D">
+                              <w:p w14:paraId="44B8E350" w14:textId="36432FC0" w:rsidR="00B40D2D" w:rsidRPr="00B40D2D" w:rsidRDefault="009410F7" w:rsidP="00B40D2D">
                                 <w:pPr>
                                   <w:jc w:val="center"/>
                                   <w:rPr>
                                     <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
                                     <w:color w:val="1F4E79" w:themeColor="accent1" w:themeShade="80"/>
                                     <w:sz w:val="20"/>
                                     <w:szCs w:val="20"/>
                                   </w:rPr>
                                 </w:pPr>
                                 <w:r w:rsidRPr="009410F7">
                                   <w:rPr>
                                     <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
                                     <w:color w:val="4D5156"/>
                                     <w:sz w:val="21"/>
                                     <w:szCs w:val="21"/>
                                     <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
                                   </w:rPr>
                                   <w:t xml:space="preserve">İletişim: </w:t>
                                 </w:r>
                                 <w:proofErr w:type="gramStart"/>
                                 <w:r w:rsidRPr="009410F7">
                                   <w:rPr>
                                     <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
                                     <w:color w:val="4D5156"/>
                                     <w:sz w:val="21"/>
@@ -1536,50 +1460,60 @@
                                     <w:szCs w:val="21"/>
                                     <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
                                   </w:rPr>
                                   <w:t xml:space="preserve"> </w:t>
                                 </w:r>
                                 <w:r>
                                   <w:rPr>
                                     <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
                                     <w:color w:val="4D5156"/>
                                     <w:sz w:val="21"/>
                                     <w:szCs w:val="21"/>
                                     <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
                                   </w:rPr>
                                   <w:t xml:space="preserve"> </w:t>
                                 </w:r>
                                 <w:r w:rsidRPr="009410F7">
                                   <w:rPr>
                                     <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
                                     <w:color w:val="4D5156"/>
                                     <w:sz w:val="21"/>
                                     <w:szCs w:val="21"/>
                                     <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
                                   </w:rPr>
                                   <w:t>ijesos@outlook.com</w:t>
                                 </w:r>
+                                <w:r w:rsidR="008A201A">
+                                  <w:rPr>
+                                    <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+                                    <w:color w:val="4D5156"/>
+                                    <w:sz w:val="21"/>
+                                    <w:szCs w:val="21"/>
+                                    <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+                                  </w:rPr>
+                                  <w:t xml:space="preserve">          www.ijesos.com</w:t>
+                                </w:r>
                               </w:p>
                             </w:sdtContent>
                           </w:sdt>
                           <w:p w14:paraId="03F54956" w14:textId="77777777" w:rsidR="00B40D2D" w:rsidRDefault="00B40D2D">
                             <w:pPr>
                               <w:jc w:val="right"/>
                               <w:rPr>
                                 <w:color w:val="808080" w:themeColor="background1" w:themeShade="80"/>
                               </w:rPr>
                             </w:pPr>
                           </w:p>
                         </w:txbxContent>
                       </wps:txbx>
                       <wps:bodyPr rot="0" spcFirstLastPara="0" vertOverflow="overflow" horzOverflow="overflow" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="0" numCol="1" spcCol="0" rtlCol="0" fromWordArt="0" anchor="b" anchorCtr="0" forceAA="0" compatLnSpc="1">
                         <a:prstTxWarp prst="textNoShape">
                           <a:avLst/>
                         </a:prstTxWarp>
                         <a:noAutofit/>
                       </wps:bodyPr>
                     </wps:wsp>
                   </wpg:wgp>
                 </a:graphicData>
               </a:graphic>
               <wp14:sizeRelH relativeFrom="margin">
                 <wp14:pctWidth>100000</wp14:pctWidth>
@@ -1599,52 +1533,53 @@
                 <v:path gradientshapeok="t" o:connecttype="rect"/>
               </v:shapetype>
               <v:shape id="Metin Kutusu 39" o:spid="_x0000_s1029" type="#_x0000_t202" style="position:absolute;top:666;width:59436;height:2572;visibility:visible;mso-wrap-style:square;v-text-anchor:bottom" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQDlhb5yxQAAANsAAAAPAAAAZHJzL2Rvd25yZXYueG1sRI/NasMw&#10;EITvhbyD2EBvjRwHQuJGNiEQ2lOg+Tnktlhby621MpKcuH36qlDocZiZb5hNNdpO3MiH1rGC+SwD&#10;QVw73XKj4HzaP61AhIissXNMCr4oQFVOHjZYaHfnN7odYyMShEOBCkyMfSFlqA1ZDDPXEyfv3XmL&#10;MUnfSO3xnuC2k3mWLaXFltOCwZ52hurP42AV+Msh3+4+rpchf5HfjTkPC708KPU4HbfPICKN8T/8&#10;137VChZr+P2SfoAsfwAAAP//AwBQSwECLQAUAAYACAAAACEA2+H2y+4AAACFAQAAEwAAAAAAAAAA&#10;AAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQBa9CxbvwAAABUBAAAL&#10;AAAAAAAAAAAAAAAAAB8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQDlhb5yxQAAANsAAAAP&#10;AAAAAAAAAAAAAAAAAAcCAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAMAAwC3AAAA+QIAAAAA&#10;" filled="f" stroked="f" strokeweight=".5pt">
                 <v:textbox inset=",,,0">
                   <w:txbxContent>
                     <w:sdt>
                       <w:sdtPr>
                         <w:rPr>
                           <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
                           <w:color w:val="4D5156"/>
                           <w:sz w:val="21"/>
                           <w:szCs w:val="21"/>
                           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
                         </w:rPr>
                         <w:alias w:val="Tarih"/>
                         <w:tag w:val=""/>
                         <w:id w:val="-1063724354"/>
                         <w:dataBinding w:prefixMappings="xmlns:ns0='http://schemas.microsoft.com/office/2006/coverPageProps' " w:xpath="/ns0:CoverPageProperties[1]/ns0:PublishDate[1]" w:storeItemID="{55AF091B-3C7A-41E3-B477-F2FDAA23CFDA}"/>
                         <w:date>
                           <w:dateFormat w:val="dd MMMM yyyy"/>
                           <w:lid w:val="tr-TR"/>
                           <w:storeMappedDataAs w:val="dateTime"/>
                           <w:calendar w:val="gregorian"/>
                         </w:date>
                       </w:sdtPr>
+                      <w:sdtEndPr/>
                       <w:sdtContent>
-                        <w:p w14:paraId="44B8E350" w14:textId="4C10D51C" w:rsidR="00B40D2D" w:rsidRPr="00B40D2D" w:rsidRDefault="009410F7" w:rsidP="00B40D2D">
+                        <w:p w14:paraId="44B8E350" w14:textId="36432FC0" w:rsidR="00B40D2D" w:rsidRPr="00B40D2D" w:rsidRDefault="009410F7" w:rsidP="00B40D2D">
                           <w:pPr>
                             <w:jc w:val="center"/>
                             <w:rPr>
                               <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
                               <w:color w:val="1F4E79" w:themeColor="accent1" w:themeShade="80"/>
                               <w:sz w:val="20"/>
                               <w:szCs w:val="20"/>
                             </w:rPr>
                           </w:pPr>
                           <w:r w:rsidRPr="009410F7">
                             <w:rPr>
                               <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
                               <w:color w:val="4D5156"/>
                               <w:sz w:val="21"/>
                               <w:szCs w:val="21"/>
                               <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
                             </w:rPr>
                             <w:t xml:space="preserve">İletişim: </w:t>
                           </w:r>
                           <w:proofErr w:type="gramStart"/>
                           <w:r w:rsidRPr="009410F7">
                             <w:rPr>
                               <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
                               <w:color w:val="4D5156"/>
                               <w:sz w:val="21"/>
@@ -1672,160 +1607,299 @@
                               <w:szCs w:val="21"/>
                               <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
                             </w:rPr>
                             <w:t xml:space="preserve"> </w:t>
                           </w:r>
                           <w:r>
                             <w:rPr>
                               <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
                               <w:color w:val="4D5156"/>
                               <w:sz w:val="21"/>
                               <w:szCs w:val="21"/>
                               <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
                             </w:rPr>
                             <w:t xml:space="preserve"> </w:t>
                           </w:r>
                           <w:r w:rsidRPr="009410F7">
                             <w:rPr>
                               <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
                               <w:color w:val="4D5156"/>
                               <w:sz w:val="21"/>
                               <w:szCs w:val="21"/>
                               <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
                             </w:rPr>
                             <w:t>ijesos@outlook.com</w:t>
                           </w:r>
+                          <w:r w:rsidR="008A201A">
+                            <w:rPr>
+                              <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+                              <w:color w:val="4D5156"/>
+                              <w:sz w:val="21"/>
+                              <w:szCs w:val="21"/>
+                              <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+                            </w:rPr>
+                            <w:t xml:space="preserve">          www.ijesos.com</w:t>
+                          </w:r>
                         </w:p>
                       </w:sdtContent>
                     </w:sdt>
                     <w:p w14:paraId="03F54956" w14:textId="77777777" w:rsidR="00B40D2D" w:rsidRDefault="00B40D2D">
                       <w:pPr>
                         <w:jc w:val="right"/>
                         <w:rPr>
                           <w:color w:val="808080" w:themeColor="background1" w:themeShade="80"/>
                         </w:rPr>
                       </w:pPr>
                     </w:p>
                   </w:txbxContent>
                 </v:textbox>
               </v:shape>
               <w10:wrap type="square" anchorx="margin" anchory="margin"/>
             </v:group>
           </w:pict>
         </mc:Fallback>
       </mc:AlternateContent>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="5EC33B35" w14:textId="77777777" w:rsidR="00273C38" w:rsidRDefault="00273C38" w:rsidP="00B40D2D">
+    <w:p w14:paraId="78109E80" w14:textId="77777777" w:rsidR="00615D10" w:rsidRDefault="00615D10" w:rsidP="00B40D2D">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="16AC9B7D" w14:textId="77777777" w:rsidR="00273C38" w:rsidRDefault="00273C38" w:rsidP="00B40D2D">
+    <w:p w14:paraId="280E12C3" w14:textId="77777777" w:rsidR="00615D10" w:rsidRDefault="00615D10" w:rsidP="00B40D2D">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
+<file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="738C0FEB"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="DB328714"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="720"/>
+        </w:tabs>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="1440"/>
+        </w:tabs>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2160"/>
+        </w:tabs>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2880"/>
+        </w:tabs>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="3600"/>
+        </w:tabs>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="4320"/>
+        </w:tabs>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5040"/>
+        </w:tabs>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5760"/>
+        </w:tabs>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="6480"/>
+        </w:tabs>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:num w:numId="1" w16cid:durableId="1328560236">
+    <w:abstractNumId w:val="0"/>
+  </w:num>
+</w:numbering>
+</file>
+
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:zoom w:percent="100"/>
-  <w:proofState w:grammar="clean"/>
+  <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00927736"/>
     <w:rsid w:val="00014708"/>
     <w:rsid w:val="000864C5"/>
     <w:rsid w:val="000A4A8E"/>
     <w:rsid w:val="000D46E2"/>
     <w:rsid w:val="00102E8D"/>
     <w:rsid w:val="0013390C"/>
     <w:rsid w:val="00164229"/>
     <w:rsid w:val="00243825"/>
     <w:rsid w:val="0026409A"/>
     <w:rsid w:val="00272D5B"/>
     <w:rsid w:val="00273C38"/>
     <w:rsid w:val="00305E93"/>
     <w:rsid w:val="003061D0"/>
     <w:rsid w:val="003329C6"/>
     <w:rsid w:val="00344F64"/>
     <w:rsid w:val="00390D75"/>
     <w:rsid w:val="003C0217"/>
+    <w:rsid w:val="004B2B11"/>
     <w:rsid w:val="004E7CFB"/>
     <w:rsid w:val="005469E6"/>
+    <w:rsid w:val="00615D10"/>
     <w:rsid w:val="0062356F"/>
     <w:rsid w:val="00641F3D"/>
     <w:rsid w:val="00650381"/>
     <w:rsid w:val="00672D3A"/>
     <w:rsid w:val="006C56D1"/>
     <w:rsid w:val="006C5AD7"/>
+    <w:rsid w:val="006D625A"/>
     <w:rsid w:val="006F2A31"/>
     <w:rsid w:val="006F66FB"/>
     <w:rsid w:val="00790369"/>
     <w:rsid w:val="00807440"/>
     <w:rsid w:val="00824C20"/>
     <w:rsid w:val="00850FA7"/>
     <w:rsid w:val="00857D47"/>
     <w:rsid w:val="008646C9"/>
+    <w:rsid w:val="008A201A"/>
     <w:rsid w:val="0092710A"/>
     <w:rsid w:val="00927736"/>
     <w:rsid w:val="00933A63"/>
     <w:rsid w:val="009410F7"/>
     <w:rsid w:val="0094282C"/>
     <w:rsid w:val="00A71DE8"/>
     <w:rsid w:val="00A74CBB"/>
     <w:rsid w:val="00A9460C"/>
     <w:rsid w:val="00AD52FF"/>
     <w:rsid w:val="00B40D2D"/>
     <w:rsid w:val="00BB16C4"/>
     <w:rsid w:val="00BC2779"/>
     <w:rsid w:val="00BC413A"/>
     <w:rsid w:val="00C36B8E"/>
     <w:rsid w:val="00C405D9"/>
     <w:rsid w:val="00C70A98"/>
     <w:rsid w:val="00C853FE"/>
     <w:rsid w:val="00D7089E"/>
     <w:rsid w:val="00DD5110"/>
     <w:rsid w:val="00E12471"/>
     <w:rsid w:val="00E75E7E"/>
     <w:rsid w:val="00E84F08"/>
     <w:rsid w:val="00ED28C5"/>
     <w:rsid w:val="00FD6F78"/>
     <w:rsid w:val="00FE00ED"/>
@@ -1840,51 +1914,51 @@
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="tr-TR" w:bidi="ar-SA"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="2"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
   <w14:docId w14:val="51FD87C7"/>
   <w15:chartTrackingRefBased/>
   <w15:docId w15:val="{1716B52D-5940-4D57-9E91-DBB48CB1F00F}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="tr-TR" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
@@ -2241,51 +2315,50 @@
     <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
     <w:lsdException w:name="Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Hashtag" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Unresolved Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Link" w:semiHidden="1" w:unhideWhenUsed="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="Normal">
     <w:name w:val="Normal"/>
     <w:qFormat/>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="VarsaylanParagrafYazTipi">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
-    <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="NormalTablo">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="ListeYok">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="paragraph" w:styleId="stBilgi">
     <w:name w:val="header"/>
@@ -2324,87 +2397,87 @@
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="AltBilgiChar">
     <w:name w:val="Alt Bilgi Char"/>
     <w:basedOn w:val="VarsaylanParagrafYazTipi"/>
     <w:link w:val="AltBilgi"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="00B40D2D"/>
   </w:style>
   <w:style w:type="character" w:styleId="Gl">
     <w:name w:val="Strong"/>
     <w:basedOn w:val="VarsaylanParagrafYazTipi"/>
     <w:uiPriority w:val="22"/>
     <w:qFormat/>
     <w:rsid w:val="00FD6F78"/>
     <w:rPr>
       <w:b/>
       <w:bCs/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:divs>
     <w:div w:id="225339640">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="1816952316">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
   </w:divs>
   <w:optimizeForBrowser/>
   <w:relyOnVML/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Teması">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="5B9BD5"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>
@@ -2630,92 +2703,92 @@
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <CoverPageProperties xmlns="http://schemas.microsoft.com/office/2006/coverPageProps">
-  <PublishDate>İletişim: editor@ijesos.com  &amp;  ijesos@outlook.com</PublishDate>
+  <PublishDate>İletişim: editor@ijesos.com  &amp;  ijesos@outlook.com          www.ijesos.com</PublishDate>
   <Abstract/>
   <CompanyAddress/>
   <CompanyPhone/>
   <CompanyFax/>
   <CompanyEmail/>
 </CoverPageProperties>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{55AF091B-3C7A-41E3-B477-F2FDAA23CFDA}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/coverPageProps"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
   <Pages>1</Pages>
-  <Words>499</Words>
-  <Characters>2847</Characters>
+  <Words>415</Words>
+  <Characters>2372</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>23</Lines>
-  <Paragraphs>6</Paragraphs>
+  <Lines>19</Lines>
+  <Paragraphs>5</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Konu Başlığı</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company>NouS/TncTR</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>3340</CharactersWithSpaces>
+  <CharactersWithSpaces>2782</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>Salim</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>