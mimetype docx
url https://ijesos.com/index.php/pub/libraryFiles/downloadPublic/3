--- v0 (2025-10-02)
+++ v1 (2026-01-27)
@@ -24,495 +24,380 @@
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
     <w:p w14:paraId="6B784471" w14:textId="77777777" w:rsidR="009134A1" w:rsidRDefault="00C41E0D" w:rsidP="009134A1">
       <w:pPr>
         <w:keepNext/>
         <w:ind w:firstLine="70"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:color w:val="FF0000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
-[...25 lines deleted...]
-      </w:r>
+      <w:hyperlink r:id="rId7" w:history="1">
+        <w:r w:rsidR="009134A1" w:rsidRPr="004424F9">
+          <w:rPr>
+            <w:rStyle w:val="Kpr"/>
+            <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+            <w:color w:val="C00000"/>
+            <w:u w:val="none"/>
+          </w:rPr>
+          <w:t>IJESOS</w:t>
+        </w:r>
+      </w:hyperlink>
       <w:r w:rsidR="009134A1" w:rsidRPr="004424F9">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:color w:val="C00000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="009134A1" w:rsidRPr="004C64BA">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:color w:val="0070C0"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t xml:space="preserve">International </w:t>
-[...2 lines deleted...]
-      <w:r w:rsidR="009134A1" w:rsidRPr="004C64BA">
+        <w:t xml:space="preserve">International Journal of </w:t>
+      </w:r>
+      <w:r w:rsidR="009134A1">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:color w:val="0070C0"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t>Journal</w:t>
-[...1 lines deleted...]
-      <w:proofErr w:type="spellEnd"/>
+        <w:t xml:space="preserve">Educational and </w:t>
+      </w:r>
       <w:r w:rsidR="009134A1" w:rsidRPr="004C64BA">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:color w:val="0070C0"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t xml:space="preserve"> of </w:t>
-[...1 lines deleted...]
-      <w:proofErr w:type="spellStart"/>
+        <w:t>Social Sciences</w:t>
+      </w:r>
       <w:r w:rsidR="009134A1">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="009134A1" w:rsidRPr="00E50581">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:color w:val="5B9BD5" w:themeColor="accent1"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>-</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7FE68C19" w14:textId="77777777" w:rsidR="009134A1" w:rsidRDefault="009134A1" w:rsidP="009134A1">
+      <w:pPr>
+        <w:keepNext/>
+        <w:ind w:firstLine="70"/>
+        <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:color w:val="0070C0"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t>Educational</w:t>
-[...95 lines deleted...]
-      <w:hyperlink r:id="rId7" w:history="1">
+      </w:pPr>
+      <w:hyperlink r:id="rId8" w:history="1">
         <w:r w:rsidRPr="004424F9">
           <w:rPr>
             <w:rStyle w:val="Kpr"/>
             <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
             <w:color w:val="C00000"/>
             <w:u w:val="none"/>
           </w:rPr>
           <w:t>ESBİD</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="004424F9">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:color w:val="C00000"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="004C64BA">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:color w:val="0070C0"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">Uluslararası </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:color w:val="0070C0"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">Eğitim ve </w:t>
       </w:r>
       <w:r w:rsidRPr="004C64BA">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:color w:val="0070C0"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">Sosyal Bilimler Dergisi, </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4A998E65" w14:textId="760A1873" w:rsidR="009134A1" w:rsidRPr="004C64BA" w:rsidRDefault="009134A1" w:rsidP="009134A1">
+    <w:p w14:paraId="4A998E65" w14:textId="2AB24D31" w:rsidR="009134A1" w:rsidRPr="004C64BA" w:rsidRDefault="009134A1" w:rsidP="009134A1">
       <w:pPr>
         <w:keepNext/>
         <w:ind w:firstLine="70"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:color w:val="0070C0"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:color w:val="0070C0"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">Cilt </w:t>
       </w:r>
-      <w:r w:rsidR="001266C2">
+      <w:r w:rsidR="00714CF9">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:color w:val="0070C0"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t>4</w:t>
+        <w:t>5</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:color w:val="0070C0"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">, Sayı </w:t>
       </w:r>
-      <w:r w:rsidR="00BC4A05">
+      <w:r w:rsidR="00714CF9">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:color w:val="0070C0"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t>2</w:t>
+        <w:t>1</w:t>
       </w:r>
       <w:r w:rsidRPr="004C64BA">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:color w:val="0070C0"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
-      <w:r w:rsidR="00BC4A05">
+      <w:r w:rsidR="00714CF9">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:color w:val="0070C0"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t>Aralık</w:t>
+        <w:t>Mayıs</w:t>
       </w:r>
       <w:r w:rsidRPr="004C64BA">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:color w:val="0070C0"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="004C64BA">
+        <w:t xml:space="preserve"> 202</w:t>
+      </w:r>
+      <w:r w:rsidR="00714CF9">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:color w:val="0070C0"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t>202</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="001266C2">
+        <w:t>6</w:t>
+      </w:r>
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:color w:val="0070C0"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t>5</w:t>
-[...1 lines deleted...]
-      <w:r>
+        <w:t xml:space="preserve"> -</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00442333">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:color w:val="0070C0"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t xml:space="preserve"> -</w:t>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="00442333">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:color w:val="0070C0"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
-[...1 lines deleted...]
-      <w:r>
+        <w:t xml:space="preserve">Volume </w:t>
+      </w:r>
+      <w:r w:rsidR="00714CF9">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:color w:val="0070C0"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t xml:space="preserve">Volume </w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="001266C2">
+        <w:t>5</w:t>
+      </w:r>
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:color w:val="0070C0"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t>4</w:t>
-[...1 lines deleted...]
-      <w:r>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004C64BA">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:color w:val="0070C0"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t xml:space="preserve">, </w:t>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="004C64BA">
+        <w:t>Issue</w:t>
+      </w:r>
+      <w:r w:rsidR="00714CF9">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:color w:val="0070C0"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t>Issue</w:t>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="004C64BA">
+        <w:t xml:space="preserve"> 1</w:t>
+      </w:r>
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:color w:val="0070C0"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00BC4A05">
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004C64BA">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:color w:val="0070C0"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t>2</w:t>
-[...1 lines deleted...]
-      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00714CF9">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:color w:val="0070C0"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t>,</w:t>
+        <w:t>May</w:t>
       </w:r>
       <w:r w:rsidRPr="004C64BA">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:color w:val="0070C0"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
-[...2 lines deleted...]
-      <w:r w:rsidR="00BC4A05">
+        <w:t xml:space="preserve"> 202</w:t>
+      </w:r>
+      <w:r w:rsidR="00714CF9">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:color w:val="0070C0"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t>Dec</w:t>
-[...18 lines deleted...]
-        <w:t>5</w:t>
+        <w:t>6</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="61D15569" w14:textId="77777777" w:rsidR="00771668" w:rsidRPr="0047543C" w:rsidRDefault="00771668" w:rsidP="00771668">
       <w:pPr>
         <w:pStyle w:val="stBilgi"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:color w:val="0070C0"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:sectPr w:rsidR="00771668" w:rsidRPr="0047543C" w:rsidSect="0047543C">
-          <w:headerReference w:type="default" r:id="rId8"/>
-          <w:headerReference w:type="first" r:id="rId9"/>
+          <w:headerReference w:type="default" r:id="rId9"/>
+          <w:headerReference w:type="first" r:id="rId10"/>
           <w:pgSz w:w="11900" w:h="16840"/>
           <w:pgMar w:top="1701" w:right="1418" w:bottom="1701" w:left="1418" w:header="567" w:footer="567" w:gutter="0"/>
           <w:cols w:space="708"/>
           <w:docGrid w:linePitch="360"/>
         </w:sectPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="36C68AD7" w14:textId="77777777" w:rsidR="00771668" w:rsidRPr="0047543C" w:rsidRDefault="00771668" w:rsidP="00771668">
       <w:pPr>
         <w:pStyle w:val="stBilgi"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:color w:val="0070C0"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="79C930F2" w14:textId="77777777" w:rsidR="00771668" w:rsidRPr="0047543C" w:rsidRDefault="00771668" w:rsidP="00771668">
       <w:pPr>
         <w:pStyle w:val="stBilgi"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
@@ -538,50 +423,53 @@
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:w w:val="99"/>
         </w:rPr>
         <w:t xml:space="preserve">MAKALE TÜRKÇE BAŞLIK </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0C3F86F6" w14:textId="41A72B7A" w:rsidR="004B2BFA" w:rsidRDefault="000D63F0" w:rsidP="0047543C">
       <w:pPr>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cstheme="minorHAnsi"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="006B6B10">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:t xml:space="preserve">MAKALE İNGİLİZCE BAŞLIK </w:t>
       </w:r>
       <w:commentRangeEnd w:id="0"/>
       <w:r w:rsidR="00B51567">
         <w:rPr>
           <w:rStyle w:val="AklamaBavurusu"/>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
         </w:rPr>
         <w:commentReference w:id="0"/>
       </w:r>
     </w:p>
     <w:p w14:paraId="453BCD73" w14:textId="77777777" w:rsidR="00596789" w:rsidRPr="006B6B10" w:rsidRDefault="00596789" w:rsidP="0047543C">
       <w:pPr>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cstheme="minorHAnsi"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="7C294249" w14:textId="4326C6D8" w:rsidR="0047543C" w:rsidRDefault="00596789" w:rsidP="0047543C">
       <w:pPr>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:commentRangeStart w:id="1"/>
       <w:r w:rsidRPr="00596789">
@@ -599,53 +487,57 @@
           <w:color w:val="FF0000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>ler</w:t>
       </w:r>
       <w:r w:rsidRPr="00596789">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cstheme="minorHAnsi"/>
           <w:color w:val="FF0000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>in Bilim Dalı</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cstheme="minorHAnsi"/>
           <w:color w:val="FF0000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>:</w:t>
       </w:r>
       <w:commentRangeEnd w:id="1"/>
-      <w:r>
+      <w:r w:rsidRPr="00596789">
         <w:rPr>
           <w:rStyle w:val="AklamaBavurusu"/>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cstheme="minorHAnsi"/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:commentReference w:id="1"/>
       </w:r>
       <w:r w:rsidRPr="00596789">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cstheme="minorHAnsi"/>
           <w:color w:val="FF0000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="55E0F031" w14:textId="77777777" w:rsidR="0047543C" w:rsidRPr="0047543C" w:rsidRDefault="0047543C" w:rsidP="0047543C">
       <w:pPr>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="316B6370" w14:textId="77777777" w:rsidR="00125592" w:rsidRDefault="003162BB" w:rsidP="00B25D3E">
@@ -768,346 +660,228 @@
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>)</w:t>
       </w:r>
       <w:r w:rsidR="00B970AF" w:rsidRPr="0047543C">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2AE1C8BF" w14:textId="7575A738" w:rsidR="00B970AF" w:rsidRPr="0047543C" w:rsidRDefault="009279FE" w:rsidP="0047543C">
       <w:pPr>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
-      <w:proofErr w:type="gramStart"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>e</w:t>
       </w:r>
-      <w:proofErr w:type="gramEnd"/>
       <w:r w:rsidR="009C2713">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>-</w:t>
       </w:r>
       <w:r w:rsidR="005C77A5">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>posta</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> adresi</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="32DF1251" w14:textId="77777777" w:rsidR="004B2BFA" w:rsidRPr="0047543C" w:rsidRDefault="00B970AF" w:rsidP="0047543C">
+    <w:p w14:paraId="32DF1251" w14:textId="20225825" w:rsidR="004B2BFA" w:rsidRPr="0047543C" w:rsidRDefault="00B970AF" w:rsidP="0047543C">
       <w:pPr>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
+      <w:r w:rsidRPr="00714CF9">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cstheme="minorHAnsi"/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>ORCID:</w:t>
+      </w:r>
       <w:r w:rsidRPr="0047543C">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">ORCİD ID: </w:t>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00CC5CBB" w:rsidRPr="0047543C">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>orcid.org/</w:t>
       </w:r>
       <w:r w:rsidR="00CC5CBB" w:rsidRPr="0047543C">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:commentRangeEnd w:id="2"/>
-      <w:r w:rsidR="00B51567">
+      <w:r w:rsidR="00B51567" w:rsidRPr="0047543C">
         <w:rPr>
           <w:rStyle w:val="AklamaBavurusu"/>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:commentReference w:id="2"/>
       </w:r>
     </w:p>
     <w:p w14:paraId="32CE797B" w14:textId="77777777" w:rsidR="004B2BFA" w:rsidRDefault="004B2BFA" w:rsidP="00926508">
       <w:pPr>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="3617252C" w14:textId="77777777" w:rsidR="0047543C" w:rsidRPr="0047543C" w:rsidRDefault="0047543C" w:rsidP="00926508">
       <w:pPr>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="30F9D962" w14:textId="77777777" w:rsidR="00B970AF" w:rsidRPr="0047543C" w:rsidRDefault="00B970AF" w:rsidP="006B6B10">
       <w:pPr>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0047543C">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">Makale bilgisi | </w:t>
-[...19 lines deleted...]
-        <w:t xml:space="preserve"> Information</w:t>
+        <w:t>Makale bilgisi | Article Information</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7C155A9E" w14:textId="77777777" w:rsidR="00B970AF" w:rsidRDefault="00B970AF" w:rsidP="00926508">
       <w:pPr>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0047543C">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">Makale Türü / </w:t>
-[...1 lines deleted...]
-      <w:proofErr w:type="spellStart"/>
+        <w:t xml:space="preserve">Makale Türü / Article Type: </w:t>
+      </w:r>
       <w:r w:rsidRPr="0047543C">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cstheme="minorHAnsi"/>
-          <w:b/>
-[...70 lines deleted...]
-      <w:proofErr w:type="spellEnd"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Araştırma Makalesi / Research Article</w:t>
+      </w:r>
     </w:p>
     <w:p w14:paraId="5A424D51" w14:textId="44618CFB" w:rsidR="00B970AF" w:rsidRPr="0047543C" w:rsidRDefault="00B970AF" w:rsidP="00926508">
       <w:pPr>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0047543C">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">Geliş Tarihi / </w:t>
-[...39 lines deleted...]
-        <w:t xml:space="preserve">: </w:t>
+        <w:t xml:space="preserve">Geliş Tarihi / Date Received: </w:t>
       </w:r>
       <w:r w:rsidR="00844D7C">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>00</w:t>
       </w:r>
       <w:r w:rsidR="00844D7C" w:rsidRPr="0047543C">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00844D7C">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Mayıs</w:t>
       </w:r>
@@ -1123,729 +897,397 @@
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>00 May</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3C9D0840" w14:textId="24BD6ACF" w:rsidR="00B970AF" w:rsidRPr="0047543C" w:rsidRDefault="00B970AF" w:rsidP="00926508">
       <w:pPr>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0047543C">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">Kabul Tarihi / </w:t>
-[...15 lines deleted...]
-          <w:b/>
+        <w:t xml:space="preserve">Kabul Tarihi / Date Accepted: </w:t>
+      </w:r>
+      <w:r w:rsidR="00844D7C">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>00</w:t>
+      </w:r>
+      <w:r w:rsidR="00844D7C" w:rsidRPr="0047543C">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
-[...18 lines deleted...]
-      </w:r>
       <w:r w:rsidR="00844D7C">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>00</w:t>
+        <w:t>Mayıs</w:t>
       </w:r>
       <w:r w:rsidR="00844D7C" w:rsidRPr="0047543C">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
+        <w:t xml:space="preserve"> / </w:t>
       </w:r>
       <w:r w:rsidR="00844D7C">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>Mayıs</w:t>
-[...14 lines deleted...]
-        </w:rPr>
         <w:t>00 May</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6F524156" w14:textId="5FCCC088" w:rsidR="00B970AF" w:rsidRPr="0047543C" w:rsidRDefault="00B970AF" w:rsidP="00926508">
+    <w:p w14:paraId="6F524156" w14:textId="27F83FA9" w:rsidR="00B970AF" w:rsidRPr="0047543C" w:rsidRDefault="00B970AF" w:rsidP="00926508">
       <w:pPr>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0047543C">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">Yayın Tarihi / </w:t>
-[...1 lines deleted...]
-      <w:proofErr w:type="spellStart"/>
+        <w:t xml:space="preserve">Yayın Tarihi / Date Published: </w:t>
+      </w:r>
+      <w:r w:rsidR="0052563D">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>00</w:t>
+      </w:r>
       <w:r w:rsidRPr="0047543C">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cstheme="minorHAnsi"/>
-          <w:b/>
-[...5 lines deleted...]
-      <w:proofErr w:type="spellEnd"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00714CF9">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Mayıs</w:t>
+      </w:r>
       <w:r w:rsidRPr="0047543C">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cstheme="minorHAnsi"/>
-          <w:b/>
-[...23 lines deleted...]
-        <w:t xml:space="preserve">: </w:t>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> / </w:t>
       </w:r>
       <w:r w:rsidR="0052563D">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>00</w:t>
-[...30 lines deleted...]
-        </w:rPr>
         <w:t xml:space="preserve">00 </w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
-[...10 lines deleted...]
-    <w:p w14:paraId="41A16206" w14:textId="6B93D297" w:rsidR="00B970AF" w:rsidRPr="0047543C" w:rsidRDefault="00B970AF" w:rsidP="00926508">
+      <w:r w:rsidR="00714CF9">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>May</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="41A16206" w14:textId="4B11AAD9" w:rsidR="00B970AF" w:rsidRPr="0047543C" w:rsidRDefault="00B970AF" w:rsidP="00926508">
       <w:pPr>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0047543C">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">Yayın Sezonu / </w:t>
-[...1 lines deleted...]
-      <w:proofErr w:type="spellStart"/>
+        <w:t xml:space="preserve">Yayın Sezonu / Pub Date Season: </w:t>
+      </w:r>
+      <w:r w:rsidR="00714CF9">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Mayıs</w:t>
+      </w:r>
+      <w:r w:rsidR="001266C2" w:rsidRPr="001266C2">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
       <w:r w:rsidRPr="0047543C">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cstheme="minorHAnsi"/>
-          <w:b/>
-[...9 lines deleted...]
-          <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>/</w:t>
+      </w:r>
+      <w:r w:rsidR="0052563D">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
-[...80 lines deleted...]
-      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00714CF9">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>May</w:t>
+      </w:r>
     </w:p>
     <w:p w14:paraId="673A5BAA" w14:textId="77777777" w:rsidR="00417F67" w:rsidRDefault="00417F67" w:rsidP="00926508">
       <w:pPr>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="44DB80A5" w14:textId="77777777" w:rsidR="0047543C" w:rsidRPr="0047543C" w:rsidRDefault="0047543C" w:rsidP="00926508">
       <w:pPr>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="33E30565" w14:textId="05938C22" w:rsidR="00417F67" w:rsidRPr="004C1BAD" w:rsidRDefault="00926508" w:rsidP="00982343">
+    <w:p w14:paraId="33E30565" w14:textId="5F50BB63" w:rsidR="00417F67" w:rsidRPr="004C1BAD" w:rsidRDefault="00926508" w:rsidP="00982343">
       <w:pPr>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:commentRangeStart w:id="3"/>
       <w:r w:rsidRPr="004C1BAD">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">Bu Makaleye Atıf İçin / </w:t>
-[...71 lines deleted...]
-      <w:proofErr w:type="spellEnd"/>
+        <w:t>Bu Makaleye Atıf İçin / To Cite This Article</w:t>
+      </w:r>
       <w:r w:rsidR="00B970AF" w:rsidRPr="004C1BAD">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">: </w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidR="00596789">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>Soyad</w:t>
-[...16 lines deleted...]
-        <w:t>5</w:t>
+        <w:t>Soyad Ad (202</w:t>
+      </w:r>
+      <w:r w:rsidR="00714CF9">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>6</w:t>
       </w:r>
       <w:r w:rsidR="004C1BAD" w:rsidRPr="004C1BAD">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>)</w:t>
       </w:r>
       <w:r w:rsidR="00AB3E0E">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
       <w:r w:rsidR="00B970AF" w:rsidRPr="004C1BAD">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> Makale adı. </w:t>
       </w:r>
       <w:r w:rsidR="00A62213" w:rsidRPr="009C1A20">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>IJESOS</w:t>
       </w:r>
       <w:r w:rsidR="008F239E" w:rsidRPr="009C1A20">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve"> International </w:t>
-[...2 lines deleted...]
-      <w:r w:rsidR="008F239E" w:rsidRPr="009C1A20">
+        <w:t xml:space="preserve"> International Journal Of Educational and Social Sciences </w:t>
+      </w:r>
+      <w:r w:rsidR="00714CF9">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>Journal</w:t>
-[...4 lines deleted...]
-          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+        <w:t>5</w:t>
+      </w:r>
+      <w:r w:rsidR="004C1BAD" w:rsidRPr="009C1A20">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cstheme="minorHAnsi"/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Of </w:t>
-[...4 lines deleted...]
-          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+        <w:t>(</w:t>
+      </w:r>
+      <w:r w:rsidR="00714CF9">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cstheme="minorHAnsi"/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>Educational</w:t>
-[...4 lines deleted...]
-          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+        <w:t>1</w:t>
+      </w:r>
+      <w:r w:rsidR="004C1BAD" w:rsidRPr="009C1A20">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cstheme="minorHAnsi"/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
-[...5 lines deleted...]
-          <w:i/>
+        <w:t>)</w:t>
+      </w:r>
+      <w:r w:rsidR="004C1BAD" w:rsidRPr="004C1BAD">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cstheme="minorHAnsi"/>
           <w:iCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>and</w:t>
-[...102 lines deleted...]
-        </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:r w:rsidR="00B970AF" w:rsidRPr="004C1BAD">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>sayfa aralıkları.</w:t>
       </w:r>
       <w:commentRangeEnd w:id="3"/>
-      <w:r w:rsidR="00B51567">
+      <w:r w:rsidR="00B51567" w:rsidRPr="004C1BAD">
         <w:rPr>
           <w:rStyle w:val="AklamaBavurusu"/>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:commentReference w:id="3"/>
       </w:r>
     </w:p>
     <w:p w14:paraId="2752CA29" w14:textId="77777777" w:rsidR="003162BB" w:rsidRDefault="003162BB" w:rsidP="00926508">
       <w:pPr>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="2E2251E6" w14:textId="77777777" w:rsidR="0047543C" w:rsidRPr="0047543C" w:rsidRDefault="0047543C" w:rsidP="00926508">
       <w:pPr>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
@@ -2006,271 +1448,146 @@
           <w:w w:val="0"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:u w:color="000000"/>
           <w:bdr w:val="none" w:sz="0" w:space="0" w:color="000000"/>
           <w:shd w:val="clear" w:color="000000" w:fill="000000"/>
           <w:lang w:val="x-none" w:eastAsia="x-none" w:bidi="x-none"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7E0B6621" w14:textId="07B672D8" w:rsidR="00B970AF" w:rsidRPr="0047543C" w:rsidRDefault="00B970AF" w:rsidP="00926508">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="center" w:pos="5241"/>
           <w:tab w:val="right" w:pos="10483"/>
         </w:tabs>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
-      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="0047543C">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>Plagiarism</w:t>
-[...1 lines deleted...]
-      <w:proofErr w:type="spellEnd"/>
+        <w:t>Plagiarism:</w:t>
+      </w:r>
       <w:r w:rsidRPr="0047543C">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cstheme="minorHAnsi"/>
-          <w:b/>
-[...3 lines deleted...]
-        <w:t>:</w:t>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> This article has been scanned </w:t>
+      </w:r>
+      <w:r w:rsidR="00600D87">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>with</w:t>
       </w:r>
       <w:r w:rsidRPr="0047543C">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00A62213">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>turnitin</w:t>
+      </w:r>
       <w:r w:rsidRPr="0047543C">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>This</w:t>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="0047543C">
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidR="00A62213">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>com</w:t>
+      </w:r>
+      <w:r w:rsidR="00122CFB">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
-[...27 lines deleted...]
-      <w:r w:rsidRPr="0047543C">
+      <w:r w:rsidR="00122CFB" w:rsidRPr="0047543C">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>by</w:t>
+      </w:r>
+      <w:r w:rsidR="00122CFB">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
-[...85 lines deleted...]
-      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidR="00122CFB" w:rsidRPr="00E50581">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>writer</w:t>
       </w:r>
-      <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidR="004B2BFA" w:rsidRPr="0047543C">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">. No </w:t>
-[...35 lines deleted...]
-        <w:t>.</w:t>
+        <w:t>. No plagiarism detected.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1659F734" w14:textId="0299BF13" w:rsidR="003162BB" w:rsidRPr="0047543C" w:rsidRDefault="003162BB" w:rsidP="00926508">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="center" w:pos="5241"/>
           <w:tab w:val="right" w:pos="10483"/>
         </w:tabs>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="146D3912" w14:textId="77777777" w:rsidR="00CC06AB" w:rsidRDefault="00CC06AB" w:rsidP="00926508">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="center" w:pos="5241"/>
           <w:tab w:val="right" w:pos="10483"/>
         </w:tabs>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:jc w:val="center"/>
@@ -2361,105 +1678,103 @@
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>İletişim:</w:t>
       </w:r>
       <w:r w:rsidRPr="00F95C53">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cstheme="minorHAnsi"/>
           <w:color w:val="4472C4" w:themeColor="accent5"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0CCAD2D8" w14:textId="76AAD8FB" w:rsidR="00E90F4D" w:rsidRPr="00F95C53" w:rsidRDefault="001B3D8B" w:rsidP="00E90F4D">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:color w:val="4472C4" w:themeColor="accent5"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
       </w:pPr>
-      <w:proofErr w:type="gramStart"/>
       <w:r w:rsidRPr="00F95C53">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:color w:val="4472C4" w:themeColor="accent5"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
         <w:t>e</w:t>
       </w:r>
-      <w:proofErr w:type="gramEnd"/>
       <w:r w:rsidR="00E90F4D" w:rsidRPr="00F95C53">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:color w:val="4472C4" w:themeColor="accent5"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
         <w:t xml:space="preserve">-posta: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId13" w:history="1">
+      <w:hyperlink r:id="rId14" w:history="1">
         <w:r w:rsidR="00E90F4D" w:rsidRPr="00F95C53">
           <w:rPr>
             <w:rStyle w:val="Kpr"/>
             <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
             <w:color w:val="4472C4" w:themeColor="accent5"/>
             <w:sz w:val="20"/>
             <w:szCs w:val="20"/>
             <w:u w:val="none"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           </w:rPr>
           <w:t>editor@ijesos.com</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p w14:paraId="5C077292" w14:textId="60194A13" w:rsidR="00E90F4D" w:rsidRPr="00E006BA" w:rsidRDefault="00E90F4D" w:rsidP="00E90F4D">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cstheme="minorHAnsi"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00F95C53">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:color w:val="4472C4" w:themeColor="accent5"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
         <w:t xml:space="preserve">Web: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId14" w:history="1">
+      <w:hyperlink r:id="rId15" w:history="1">
         <w:r w:rsidRPr="00F95C53">
           <w:rPr>
             <w:rStyle w:val="Kpr"/>
             <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
             <w:color w:val="4472C4" w:themeColor="accent5"/>
             <w:sz w:val="20"/>
             <w:szCs w:val="20"/>
             <w:u w:val="none"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           </w:rPr>
           <w:t>www.ijesos.com</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p w14:paraId="5859D77E" w14:textId="77777777" w:rsidR="00596789" w:rsidRPr="00546D4D" w:rsidRDefault="00596789" w:rsidP="00546D4D">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="center" w:pos="5241"/>
           <w:tab w:val="right" w:pos="10483"/>
         </w:tabs>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cstheme="minorHAnsi"/>
           <w:color w:val="0070C0"/>
@@ -2499,105 +1814,111 @@
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cstheme="minorHAnsi"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="tr-TR"/>
         </w:rPr>
       </w:pPr>
       <w:commentRangeStart w:id="4"/>
       <w:r w:rsidRPr="00B51567">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="tr-TR"/>
         </w:rPr>
         <w:t>Öz:</w:t>
       </w:r>
       <w:commentRangeEnd w:id="4"/>
       <w:r w:rsidRPr="00B51567">
         <w:rPr>
           <w:rStyle w:val="AklamaBavurusu"/>
-          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
-[...1 lines deleted...]
-          <w:szCs w:val="22"/>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="tr-TR"/>
         </w:rPr>
         <w:commentReference w:id="4"/>
       </w:r>
     </w:p>
     <w:p w14:paraId="4C5B306D" w14:textId="77777777" w:rsidR="005C3F32" w:rsidRPr="00B51567" w:rsidRDefault="005C3F32" w:rsidP="00546D4D">
       <w:pPr>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="0FE6A85F" w14:textId="78614336" w:rsidR="00CC5CBB" w:rsidRDefault="00CC5CBB" w:rsidP="00546D4D">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="tr-TR"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="10CB5FC4" w14:textId="74B4EBB6" w:rsidR="005C3F32" w:rsidRPr="00B51567" w:rsidRDefault="00CC5CBB" w:rsidP="00546D4D">
       <w:pPr>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:commentRangeStart w:id="5"/>
       <w:r w:rsidRPr="00B51567">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="tr-TR"/>
         </w:rPr>
         <w:t xml:space="preserve">Anahtar Kelimeler: </w:t>
       </w:r>
       <w:commentRangeEnd w:id="5"/>
-      <w:r w:rsidR="00546D4D">
+      <w:r w:rsidR="00546D4D" w:rsidRPr="00B51567">
         <w:rPr>
           <w:rStyle w:val="AklamaBavurusu"/>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:commentReference w:id="5"/>
       </w:r>
     </w:p>
     <w:p w14:paraId="6525AD48" w14:textId="7D6F0A28" w:rsidR="00CC5CBB" w:rsidRPr="00B51567" w:rsidRDefault="002F0690" w:rsidP="002F0690">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="3300"/>
         </w:tabs>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="tr-TR"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
@@ -2622,89 +1943,79 @@
     <w:p w14:paraId="29D14991" w14:textId="77777777" w:rsidR="008B026D" w:rsidRPr="00B51567" w:rsidRDefault="008B026D" w:rsidP="00546D4D">
       <w:pPr>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="tr-TR"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="740A76E4" w14:textId="69D0AAF0" w:rsidR="00CC5CBB" w:rsidRPr="00B51567" w:rsidRDefault="00CC5CBB" w:rsidP="00546D4D">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="tr-TR"/>
         </w:rPr>
       </w:pPr>
       <w:commentRangeStart w:id="6"/>
-      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00B51567">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="tr-TR"/>
         </w:rPr>
-        <w:t>Abstract</w:t>
-[...10 lines deleted...]
-        <w:t>:</w:t>
+        <w:t>Abstract:</w:t>
       </w:r>
       <w:r w:rsidR="000D63F0" w:rsidRPr="00B51567">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="tr-TR"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:commentRangeEnd w:id="6"/>
       <w:r w:rsidR="00B51567" w:rsidRPr="00B51567">
         <w:rPr>
           <w:rStyle w:val="AklamaBavurusu"/>
-          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
-[...1 lines deleted...]
-          <w:szCs w:val="22"/>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="tr-TR"/>
         </w:rPr>
         <w:commentReference w:id="6"/>
       </w:r>
     </w:p>
     <w:p w14:paraId="507FED75" w14:textId="77777777" w:rsidR="00CC5CBB" w:rsidRPr="00B51567" w:rsidRDefault="00CC5CBB" w:rsidP="00546D4D">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="tr-TR"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="70C93442" w14:textId="77777777" w:rsidR="00CC5CBB" w:rsidRPr="00B51567" w:rsidRDefault="00CC5CBB" w:rsidP="00546D4D">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="tr-TR"/>
@@ -2725,101 +2036,69 @@
     </w:p>
     <w:p w14:paraId="63DAB3ED" w14:textId="77777777" w:rsidR="008B026D" w:rsidRPr="00B51567" w:rsidRDefault="008B026D" w:rsidP="00546D4D">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="tr-TR"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="3D949EB8" w14:textId="1AA91ADD" w:rsidR="00CC5CBB" w:rsidRPr="00B51567" w:rsidRDefault="00CC5CBB" w:rsidP="00546D4D">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="tr-TR"/>
         </w:rPr>
       </w:pPr>
       <w:commentRangeStart w:id="7"/>
-      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00B51567">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="tr-TR"/>
         </w:rPr>
-        <w:t>Key</w:t>
-[...32 lines deleted...]
-        <w:t>:</w:t>
+        <w:t>Key Words:</w:t>
       </w:r>
       <w:commentRangeEnd w:id="7"/>
       <w:r w:rsidR="00B51567" w:rsidRPr="00B51567">
         <w:rPr>
           <w:rStyle w:val="AklamaBavurusu"/>
-          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
-[...1 lines deleted...]
-          <w:szCs w:val="22"/>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="tr-TR"/>
         </w:rPr>
         <w:commentReference w:id="7"/>
       </w:r>
     </w:p>
     <w:p w14:paraId="0999BB29" w14:textId="4C759EB0" w:rsidR="00CC5CBB" w:rsidRDefault="00CC5CBB" w:rsidP="00546D4D">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="tr-TR"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="57559ECD" w14:textId="0C079E74" w:rsidR="00722678" w:rsidRDefault="00722678" w:rsidP="00546D4D">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="tr-TR"/>
@@ -2851,53 +2130,55 @@
       </w:pPr>
     </w:p>
     <w:p w14:paraId="4959499C" w14:textId="27FCB838" w:rsidR="00CC5CBB" w:rsidRPr="00B51567" w:rsidRDefault="00B51567" w:rsidP="00546D4D">
       <w:pPr>
         <w:spacing w:after="120" w:line="276" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cstheme="minorHAnsi"/>
           <w:bCs/>
           <w:lang w:eastAsia="tr-TR"/>
         </w:rPr>
       </w:pPr>
       <w:commentRangeStart w:id="8"/>
       <w:r w:rsidRPr="00B51567">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cstheme="minorHAnsi"/>
           <w:bCs/>
           <w:lang w:eastAsia="tr-TR"/>
         </w:rPr>
         <w:t>MAKALE METNİ:</w:t>
       </w:r>
       <w:commentRangeEnd w:id="8"/>
       <w:r w:rsidRPr="00B51567">
         <w:rPr>
           <w:rStyle w:val="AklamaBavurusu"/>
-          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cstheme="minorHAnsi"/>
+          <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="tr-TR"/>
         </w:rPr>
         <w:commentReference w:id="8"/>
       </w:r>
     </w:p>
     <w:p w14:paraId="0169B15B" w14:textId="77777777" w:rsidR="00CC5CBB" w:rsidRPr="00B51567" w:rsidRDefault="00CC5CBB" w:rsidP="00546D4D">
       <w:pPr>
         <w:spacing w:after="120" w:line="276" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:lang w:eastAsia="tr-TR"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="4EC58EB4" w14:textId="77777777" w:rsidR="00CC5CBB" w:rsidRPr="00771668" w:rsidRDefault="00CC5CBB" w:rsidP="00546D4D">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:lang w:eastAsia="tr-TR"/>
         </w:rPr>
       </w:pPr>
     </w:p>
@@ -2971,50 +2252,55 @@
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="19A47A25" w14:textId="3CA1D30C" w:rsidR="00546D4D" w:rsidRDefault="00546D4D" w:rsidP="00546D4D">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cstheme="minorHAnsi"/>
           <w:bCs/>
           <w:lang w:eastAsia="tr-TR"/>
         </w:rPr>
       </w:pPr>
       <w:commentRangeStart w:id="9"/>
       <w:r w:rsidRPr="00546D4D">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cstheme="minorHAnsi"/>
           <w:bCs/>
           <w:lang w:eastAsia="tr-TR"/>
         </w:rPr>
         <w:t>KAYNAKÇA</w:t>
       </w:r>
       <w:commentRangeEnd w:id="9"/>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="AklamaBavurusu"/>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cstheme="minorHAnsi"/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="tr-TR"/>
         </w:rPr>
         <w:commentReference w:id="9"/>
       </w:r>
     </w:p>
     <w:p w14:paraId="272A4316" w14:textId="6DF398D9" w:rsidR="00722678" w:rsidRDefault="00722678" w:rsidP="00546D4D">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cstheme="minorHAnsi"/>
           <w:bCs/>
           <w:lang w:eastAsia="tr-TR"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="353BAD60" w14:textId="3B628193" w:rsidR="00722678" w:rsidRDefault="00722678" w:rsidP="00546D4D">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cstheme="minorHAnsi"/>
           <w:bCs/>
           <w:lang w:eastAsia="tr-TR"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="1172BA9B" w14:textId="232D50C2" w:rsidR="00722678" w:rsidRDefault="00722678" w:rsidP="00546D4D">
@@ -3035,50 +2321,55 @@
           <w:bCs/>
           <w:lang w:eastAsia="tr-TR"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cstheme="minorHAnsi"/>
           <w:bCs/>
           <w:lang w:eastAsia="tr-TR"/>
         </w:rPr>
         <w:t xml:space="preserve">GENİŞLETİLMİŞ </w:t>
       </w:r>
       <w:commentRangeStart w:id="10"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cstheme="minorHAnsi"/>
           <w:bCs/>
           <w:lang w:eastAsia="tr-TR"/>
         </w:rPr>
         <w:t>ÖZET</w:t>
       </w:r>
       <w:commentRangeEnd w:id="10"/>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="AklamaBavurusu"/>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cstheme="minorHAnsi"/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="tr-TR"/>
         </w:rPr>
         <w:commentReference w:id="10"/>
       </w:r>
     </w:p>
     <w:p w14:paraId="30A0E719" w14:textId="471F902D" w:rsidR="00722678" w:rsidRDefault="00722678" w:rsidP="00546D4D">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cstheme="minorHAnsi"/>
           <w:bCs/>
           <w:lang w:eastAsia="tr-TR"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="20EAE3FE" w14:textId="768372F3" w:rsidR="00722678" w:rsidRDefault="00722678" w:rsidP="00546D4D">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cstheme="minorHAnsi"/>
           <w:bCs/>
           <w:lang w:eastAsia="tr-TR"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="2BDDC6D8" w14:textId="77777777" w:rsidR="00722678" w:rsidRDefault="00722678" w:rsidP="00546D4D">
@@ -3099,69 +2390,74 @@
           <w:bCs/>
           <w:lang w:eastAsia="tr-TR"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cstheme="minorHAnsi"/>
           <w:bCs/>
           <w:lang w:eastAsia="tr-TR"/>
         </w:rPr>
         <w:t xml:space="preserve">EXTENDED </w:t>
       </w:r>
       <w:commentRangeStart w:id="11"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cstheme="minorHAnsi"/>
           <w:bCs/>
           <w:lang w:eastAsia="tr-TR"/>
         </w:rPr>
         <w:t>ABSTRACT</w:t>
       </w:r>
       <w:commentRangeEnd w:id="11"/>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="AklamaBavurusu"/>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cstheme="minorHAnsi"/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="tr-TR"/>
         </w:rPr>
         <w:commentReference w:id="11"/>
       </w:r>
     </w:p>
     <w:p w14:paraId="72D352BB" w14:textId="77777777" w:rsidR="00722678" w:rsidRPr="00546D4D" w:rsidRDefault="00722678" w:rsidP="00546D4D">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cstheme="minorHAnsi"/>
           <w:bCs/>
           <w:lang w:eastAsia="tr-TR"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:sectPr w:rsidR="00722678" w:rsidRPr="00546D4D" w:rsidSect="0047543C">
-      <w:headerReference w:type="even" r:id="rId15"/>
-[...2 lines deleted...]
-      <w:footerReference w:type="first" r:id="rId18"/>
+      <w:headerReference w:type="even" r:id="rId16"/>
+      <w:headerReference w:type="default" r:id="rId17"/>
+      <w:headerReference w:type="first" r:id="rId18"/>
+      <w:footerReference w:type="first" r:id="rId19"/>
       <w:pgSz w:w="11900" w:h="16840"/>
       <w:pgMar w:top="1701" w:right="1701" w:bottom="1701" w:left="1701" w:header="709" w:footer="709" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:titlePg/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:comment w:id="0" w:author="Salim" w:date="2020-05-22T18:37:00Z" w:initials="S">
     <w:p w14:paraId="26DFA7C4" w14:textId="79B0C311" w:rsidR="00A861D9" w:rsidRDefault="00B51567" w:rsidP="007F2ED5">
       <w:pPr>
         <w:pStyle w:val="AklamaMetni"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="AklamaBavurusu"/>
         </w:rPr>
         <w:annotationRef/>
@@ -4152,85 +3448,85 @@
   <w15:commentEx w15:paraId="166FAD8B" w15:done="0"/>
   <w15:commentEx w15:paraId="4397C2C3" w15:done="0"/>
 </w15:commentsEx>
 </file>
 
 <file path=word/commentsIds.xml><?xml version="1.0" encoding="utf-8"?>
 <w16cid:commentsIds xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w16cid:commentId w16cid:paraId="79869F5E" w16cid:durableId="272AB200"/>
   <w16cid:commentId w16cid:paraId="5CFB0004" w16cid:durableId="272AB201"/>
   <w16cid:commentId w16cid:paraId="3C9CC39F" w16cid:durableId="272AB202"/>
   <w16cid:commentId w16cid:paraId="39D7921E" w16cid:durableId="272AB204"/>
   <w16cid:commentId w16cid:paraId="1E0D5973" w16cid:durableId="272AB206"/>
   <w16cid:commentId w16cid:paraId="4D8C4C39" w16cid:durableId="272AB207"/>
   <w16cid:commentId w16cid:paraId="012D4E5F" w16cid:durableId="272AB209"/>
   <w16cid:commentId w16cid:paraId="422451D4" w16cid:durableId="272AB20A"/>
   <w16cid:commentId w16cid:paraId="31812A5C" w16cid:durableId="272AB20B"/>
   <w16cid:commentId w16cid:paraId="6D9E8560" w16cid:durableId="272AB20C"/>
   <w16cid:commentId w16cid:paraId="166FAD8B" w16cid:durableId="272AB20D"/>
   <w16cid:commentId w16cid:paraId="4397C2C3" w16cid:durableId="272AB20E"/>
 </w16cid:commentsIds>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="234E8CAB" w14:textId="77777777" w:rsidR="00BB06DF" w:rsidRDefault="00BB06DF" w:rsidP="00CC5CBB">
+    <w:p w14:paraId="27F6D9EA" w14:textId="77777777" w:rsidR="002630C5" w:rsidRDefault="002630C5" w:rsidP="00CC5CBB">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="53AEA3A4" w14:textId="77777777" w:rsidR="00BB06DF" w:rsidRDefault="00BB06DF" w:rsidP="00CC5CBB">
+    <w:p w14:paraId="1D5F84A1" w14:textId="77777777" w:rsidR="002630C5" w:rsidRDefault="002630C5" w:rsidP="00CC5CBB">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="A2"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="A2"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
-    <w:charset w:val="A2"/>
+    <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Segoe UI">
     <w:panose1 w:val="020B0502040204020203"/>
     <w:charset w:val="A2"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000E47F" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Verdana">
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="A2"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="A00006FF" w:usb1="4000205B" w:usb2="00000010" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Open Sans">
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00002EF" w:usb1="4000205B" w:usb2="00000028" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
@@ -4415,143 +3711,70 @@
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:color w:val="C00000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:u w:val="none"/>
         </w:rPr>
         <w:t>IJESOS</w:t>
       </w:r>
     </w:hyperlink>
     <w:r>
       <w:rPr>
         <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
         <w:color w:val="0070C0"/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
       <w:t xml:space="preserve"> </w:t>
     </w:r>
     <w:r w:rsidRPr="004C64BA">
       <w:rPr>
         <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
         <w:color w:val="0070C0"/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
-      <w:t xml:space="preserve">International </w:t>
+      <w:t xml:space="preserve">International Journal of </w:t>
     </w:r>
-    <w:proofErr w:type="spellStart"/>
+    <w:r>
+      <w:rPr>
+        <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+        <w:color w:val="0070C0"/>
+        <w:sz w:val="20"/>
+        <w:szCs w:val="20"/>
+      </w:rPr>
+      <w:t xml:space="preserve">Educational and </w:t>
+    </w:r>
     <w:r w:rsidRPr="004C64BA">
       <w:rPr>
         <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
         <w:color w:val="0070C0"/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
-      <w:t>Journal</w:t>
+      <w:t>Social Sciences</w:t>
     </w:r>
-    <w:proofErr w:type="spellEnd"/>
-[...79 lines deleted...]
-    <w:proofErr w:type="spellEnd"/>
     <w:r w:rsidRPr="00A62213">
       <w:rPr>
         <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
         <w:color w:val="FF0000"/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
       <w:t xml:space="preserve"> </w:t>
     </w:r>
     <w:r>
       <w:rPr>
         <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
         <w:color w:val="5B9BD5" w:themeColor="accent1"/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
       <w:t>–</w:t>
     </w:r>
     <w:r>
       <w:rPr>
         <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
         <w:color w:val="FF0000"/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
@@ -4600,296 +3823,263 @@
         <w:color w:val="0070C0"/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
       <w:t xml:space="preserve">Uluslararası </w:t>
     </w:r>
     <w:r>
       <w:rPr>
         <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
         <w:color w:val="0070C0"/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
       <w:t xml:space="preserve">Eğitim ve </w:t>
     </w:r>
     <w:r w:rsidRPr="004C64BA">
       <w:rPr>
         <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
         <w:color w:val="0070C0"/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
       <w:t xml:space="preserve">Sosyal Bilimler Dergisi, </w:t>
     </w:r>
   </w:p>
-  <w:p w14:paraId="02ACB16C" w14:textId="4D345353" w:rsidR="00BF7FF0" w:rsidRPr="009822E6" w:rsidRDefault="00BF7FF0" w:rsidP="00BF7FF0">
+  <w:p w14:paraId="02ACB16C" w14:textId="750D5529" w:rsidR="00BF7FF0" w:rsidRPr="009822E6" w:rsidRDefault="00BF7FF0" w:rsidP="00BF7FF0">
     <w:pPr>
       <w:keepNext/>
       <w:ind w:firstLine="70"/>
       <w:jc w:val="center"/>
       <w:rPr>
         <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
         <w:color w:val="4472C4" w:themeColor="accent5"/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
         <w:color w:val="0070C0"/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
       <w:t xml:space="preserve">Cilt </w:t>
     </w:r>
-    <w:r w:rsidR="001266C2">
-[...53 lines deleted...]
-    <w:r w:rsidR="001266C2">
+    <w:r w:rsidR="00714CF9">
       <w:rPr>
         <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
         <w:color w:val="0070C0"/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
       <w:t>5</w:t>
     </w:r>
     <w:r>
       <w:rPr>
         <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
         <w:color w:val="0070C0"/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
-      <w:t xml:space="preserve"> -Volume </w:t>
+      <w:t xml:space="preserve">, Sayı </w:t>
     </w:r>
-    <w:r w:rsidR="001266C2">
+    <w:r w:rsidR="00714CF9">
       <w:rPr>
         <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
         <w:color w:val="0070C0"/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
-      <w:t>4</w:t>
+      <w:t>1</w:t>
+    </w:r>
+    <w:r w:rsidRPr="004C64BA">
+      <w:rPr>
+        <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+        <w:color w:val="0070C0"/>
+        <w:sz w:val="20"/>
+        <w:szCs w:val="20"/>
+      </w:rPr>
+      <w:t xml:space="preserve">, </w:t>
+    </w:r>
+    <w:r w:rsidR="00714CF9">
+      <w:rPr>
+        <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+        <w:color w:val="0070C0"/>
+        <w:sz w:val="20"/>
+        <w:szCs w:val="20"/>
+      </w:rPr>
+      <w:t>Mayıs</w:t>
+    </w:r>
+    <w:r w:rsidRPr="004C64BA">
+      <w:rPr>
+        <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+        <w:color w:val="0070C0"/>
+        <w:sz w:val="20"/>
+        <w:szCs w:val="20"/>
+      </w:rPr>
+      <w:t xml:space="preserve"> 202</w:t>
+    </w:r>
+    <w:r w:rsidR="00714CF9">
+      <w:rPr>
+        <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+        <w:color w:val="0070C0"/>
+        <w:sz w:val="20"/>
+        <w:szCs w:val="20"/>
+      </w:rPr>
+      <w:t>6</w:t>
+    </w:r>
+    <w:r>
+      <w:rPr>
+        <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+        <w:color w:val="0070C0"/>
+        <w:sz w:val="20"/>
+        <w:szCs w:val="20"/>
+      </w:rPr>
+      <w:t xml:space="preserve"> -Volume </w:t>
+    </w:r>
+    <w:r w:rsidR="00714CF9">
+      <w:rPr>
+        <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+        <w:color w:val="0070C0"/>
+        <w:sz w:val="20"/>
+        <w:szCs w:val="20"/>
+      </w:rPr>
+      <w:t>5</w:t>
     </w:r>
     <w:r>
       <w:rPr>
         <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
         <w:color w:val="0070C0"/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
       <w:t xml:space="preserve">, </w:t>
     </w:r>
-    <w:proofErr w:type="spellStart"/>
     <w:r w:rsidRPr="004C64BA">
       <w:rPr>
         <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
         <w:color w:val="0070C0"/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
-      <w:t>Issue</w:t>
+      <w:t xml:space="preserve">Issue </w:t>
     </w:r>
-    <w:proofErr w:type="spellEnd"/>
-    <w:r w:rsidRPr="004C64BA">
+    <w:r w:rsidR="00714CF9">
       <w:rPr>
         <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
         <w:color w:val="0070C0"/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
-      <w:t xml:space="preserve"> </w:t>
-[...8 lines deleted...]
-      <w:t>2</w:t>
+      <w:t>1</w:t>
     </w:r>
     <w:r>
       <w:rPr>
         <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
         <w:color w:val="0070C0"/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
       <w:t>,</w:t>
     </w:r>
     <w:r w:rsidRPr="004C64BA">
       <w:rPr>
         <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
         <w:color w:val="0070C0"/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
       <w:t xml:space="preserve"> </w:t>
     </w:r>
-    <w:proofErr w:type="spellStart"/>
-    <w:r w:rsidR="00844D7C">
+    <w:r w:rsidR="00714CF9">
       <w:rPr>
         <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
         <w:color w:val="0070C0"/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
-      <w:t>December</w:t>
+      <w:t>May</w:t>
     </w:r>
-    <w:proofErr w:type="spellEnd"/>
     <w:r w:rsidRPr="004C64BA">
       <w:rPr>
         <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
         <w:color w:val="0070C0"/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
       <w:t xml:space="preserve"> 202</w:t>
     </w:r>
-    <w:r w:rsidR="0071709E">
+    <w:r w:rsidR="00714CF9">
       <w:rPr>
         <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
         <w:color w:val="0070C0"/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
-      <w:t>5</w:t>
+      <w:t>6</w:t>
     </w:r>
     <w:r>
       <w:rPr>
         <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
         <w:color w:val="0070C0"/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
-      <w:t xml:space="preserve">. </w:t>
-[...19 lines deleted...]
-      <w:t xml:space="preserve">: </w:t>
+      <w:t xml:space="preserve">. eISSN: </w:t>
     </w:r>
     <w:r w:rsidRPr="009822E6">
       <w:rPr>
         <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Open Sans"/>
         <w:color w:val="4472C4" w:themeColor="accent5"/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
       </w:rPr>
       <w:t>2979-9260</w:t>
     </w:r>
   </w:p>
   <w:p w14:paraId="3CB9B99D" w14:textId="77777777" w:rsidR="00845107" w:rsidRDefault="00845107">
     <w:pPr>
       <w:pStyle w:val="AltBilgi"/>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="400ED0A6" w14:textId="77777777" w:rsidR="00BB06DF" w:rsidRDefault="00BB06DF" w:rsidP="00CC5CBB">
+    <w:p w14:paraId="328030BA" w14:textId="77777777" w:rsidR="002630C5" w:rsidRDefault="002630C5" w:rsidP="00CC5CBB">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="7C0A4551" w14:textId="77777777" w:rsidR="00BB06DF" w:rsidRDefault="00BB06DF" w:rsidP="00CC5CBB">
+    <w:p w14:paraId="1D14C299" w14:textId="77777777" w:rsidR="002630C5" w:rsidRDefault="002630C5" w:rsidP="00CC5CBB">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="35DE1CFD" w14:textId="77777777" w:rsidR="00771668" w:rsidRPr="00A95E2E" w:rsidRDefault="00771668" w:rsidP="0047543C">
     <w:pPr>
       <w:pStyle w:val="stBilgi"/>
       <w:jc w:val="center"/>
       <w:rPr>
         <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
         <w:color w:val="0070C0"/>
       </w:rPr>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/header2.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
@@ -4935,121 +4125,108 @@
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/header5.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="474BBF69" w14:textId="5D896248" w:rsidR="00A73055" w:rsidRPr="00E847F8" w:rsidRDefault="00E006BA" w:rsidP="007E5F17">
     <w:pPr>
       <w:pBdr>
         <w:left w:val="single" w:sz="12" w:space="11" w:color="5B9BD5" w:themeColor="accent1"/>
       </w:pBdr>
       <w:tabs>
         <w:tab w:val="left" w:pos="3620"/>
         <w:tab w:val="left" w:pos="3964"/>
       </w:tabs>
       <w:jc w:val="center"/>
       <w:rPr>
         <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cstheme="minorHAnsi"/>
         <w:bCs/>
         <w:color w:val="4472C4" w:themeColor="accent5"/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
     </w:pPr>
-    <w:proofErr w:type="spellStart"/>
     <w:r w:rsidRPr="00E847F8">
       <w:rPr>
         <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cstheme="minorHAnsi"/>
         <w:bCs/>
         <w:color w:val="4472C4" w:themeColor="accent5"/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
-      <w:t>Makelenin</w:t>
-[...10 lines deleted...]
-      <w:t xml:space="preserve"> adı</w:t>
+      <w:t>Makelenin adı</w:t>
     </w:r>
   </w:p>
   <w:p w14:paraId="73CE134D" w14:textId="55B51870" w:rsidR="007E5F17" w:rsidRPr="00E847F8" w:rsidRDefault="007E5F17" w:rsidP="007E5F17">
     <w:pPr>
       <w:pBdr>
         <w:left w:val="single" w:sz="12" w:space="11" w:color="5B9BD5" w:themeColor="accent1"/>
       </w:pBdr>
       <w:tabs>
         <w:tab w:val="left" w:pos="3620"/>
         <w:tab w:val="left" w:pos="3964"/>
       </w:tabs>
       <w:jc w:val="center"/>
       <w:rPr>
         <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
         <w:bCs/>
         <w:i/>
         <w:color w:val="4472C4" w:themeColor="accent5"/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
     </w:pPr>
     <w:r w:rsidRPr="00E847F8">
       <w:rPr>
         <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cstheme="minorHAnsi"/>
         <w:bCs/>
         <w:color w:val="4472C4" w:themeColor="accent5"/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
       <w:t>Yazar adı soyadı</w:t>
     </w:r>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w15:person w15:author="Salim">
     <w15:presenceInfo w15:providerId="None" w15:userId="Salim"/>
   </w15:person>
   <w15:person w15:author="Salim [2]">
     <w15:presenceInfo w15:providerId="Windows Live" w15:userId="25b6e5db2133f302"/>
   </w15:person>
 </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:zoom w:percent="100"/>
-  <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00125592"/>
     <w:rsid w:val="00005977"/>
@@ -5058,50 +4235,51 @@
     <w:rsid w:val="000433E4"/>
     <w:rsid w:val="000A3105"/>
     <w:rsid w:val="000B5026"/>
     <w:rsid w:val="000C2A2E"/>
     <w:rsid w:val="000D63F0"/>
     <w:rsid w:val="000F3DEB"/>
     <w:rsid w:val="000F6CE5"/>
     <w:rsid w:val="001045A9"/>
     <w:rsid w:val="00112B16"/>
     <w:rsid w:val="00117C70"/>
     <w:rsid w:val="001221A8"/>
     <w:rsid w:val="00122CFB"/>
     <w:rsid w:val="00125592"/>
     <w:rsid w:val="001266C2"/>
     <w:rsid w:val="00127172"/>
     <w:rsid w:val="00131F54"/>
     <w:rsid w:val="00166B35"/>
     <w:rsid w:val="001917C8"/>
     <w:rsid w:val="00195C0E"/>
     <w:rsid w:val="001B3D8B"/>
     <w:rsid w:val="001B558E"/>
     <w:rsid w:val="001C1BC9"/>
     <w:rsid w:val="001C368F"/>
     <w:rsid w:val="00227D12"/>
     <w:rsid w:val="0024033F"/>
+    <w:rsid w:val="002630C5"/>
     <w:rsid w:val="00264A06"/>
     <w:rsid w:val="002F0690"/>
     <w:rsid w:val="00304EB8"/>
     <w:rsid w:val="003162BB"/>
     <w:rsid w:val="00317A11"/>
     <w:rsid w:val="00317E6E"/>
     <w:rsid w:val="00323FF9"/>
     <w:rsid w:val="00361B1B"/>
     <w:rsid w:val="0036260D"/>
     <w:rsid w:val="00364755"/>
     <w:rsid w:val="003A7C28"/>
     <w:rsid w:val="003B72DB"/>
     <w:rsid w:val="003C2301"/>
     <w:rsid w:val="003D027C"/>
     <w:rsid w:val="00417F67"/>
     <w:rsid w:val="004226D9"/>
     <w:rsid w:val="004424F9"/>
     <w:rsid w:val="00471292"/>
     <w:rsid w:val="00471C31"/>
     <w:rsid w:val="0047543C"/>
     <w:rsid w:val="00481EE2"/>
     <w:rsid w:val="00494668"/>
     <w:rsid w:val="004949BF"/>
     <w:rsid w:val="004963A1"/>
     <w:rsid w:val="004965AD"/>
@@ -5118,92 +4296,94 @@
     <w:rsid w:val="00546D4D"/>
     <w:rsid w:val="00547DAE"/>
     <w:rsid w:val="00554F60"/>
     <w:rsid w:val="00564960"/>
     <w:rsid w:val="0058513E"/>
     <w:rsid w:val="00596789"/>
     <w:rsid w:val="005A3792"/>
     <w:rsid w:val="005B1ABB"/>
     <w:rsid w:val="005C3F32"/>
     <w:rsid w:val="005C77A5"/>
     <w:rsid w:val="005D34D1"/>
     <w:rsid w:val="005D7E3C"/>
     <w:rsid w:val="00600D87"/>
     <w:rsid w:val="006178A7"/>
     <w:rsid w:val="00623FD4"/>
     <w:rsid w:val="00624E1E"/>
     <w:rsid w:val="00631090"/>
     <w:rsid w:val="006316E2"/>
     <w:rsid w:val="00671303"/>
     <w:rsid w:val="006834CF"/>
     <w:rsid w:val="006A1B41"/>
     <w:rsid w:val="006B6B10"/>
     <w:rsid w:val="006B6F86"/>
     <w:rsid w:val="006E1418"/>
     <w:rsid w:val="00706521"/>
+    <w:rsid w:val="00714CF9"/>
     <w:rsid w:val="00716D35"/>
     <w:rsid w:val="0071709E"/>
     <w:rsid w:val="00722678"/>
     <w:rsid w:val="0074207B"/>
     <w:rsid w:val="00771668"/>
     <w:rsid w:val="00773848"/>
     <w:rsid w:val="007804B0"/>
     <w:rsid w:val="007E5F17"/>
     <w:rsid w:val="007F2ED5"/>
     <w:rsid w:val="008408C4"/>
     <w:rsid w:val="00844D7C"/>
     <w:rsid w:val="00845107"/>
     <w:rsid w:val="00861C67"/>
     <w:rsid w:val="008862A0"/>
     <w:rsid w:val="008A43F4"/>
     <w:rsid w:val="008B026D"/>
     <w:rsid w:val="008D52A6"/>
     <w:rsid w:val="008F239E"/>
     <w:rsid w:val="008F42FD"/>
     <w:rsid w:val="009010CD"/>
     <w:rsid w:val="009134A1"/>
     <w:rsid w:val="00926508"/>
     <w:rsid w:val="009279FE"/>
     <w:rsid w:val="009331D9"/>
     <w:rsid w:val="00954F19"/>
     <w:rsid w:val="00956C91"/>
     <w:rsid w:val="009637FC"/>
     <w:rsid w:val="00963D44"/>
     <w:rsid w:val="009822E6"/>
     <w:rsid w:val="00982343"/>
     <w:rsid w:val="0098608C"/>
     <w:rsid w:val="009C1A20"/>
     <w:rsid w:val="009C2713"/>
     <w:rsid w:val="009C5AA3"/>
     <w:rsid w:val="00A43C4E"/>
     <w:rsid w:val="00A62213"/>
     <w:rsid w:val="00A73055"/>
     <w:rsid w:val="00A861D9"/>
     <w:rsid w:val="00A95E2E"/>
     <w:rsid w:val="00AB3E0E"/>
     <w:rsid w:val="00AC416B"/>
     <w:rsid w:val="00AC4BD7"/>
+    <w:rsid w:val="00AF7ADB"/>
     <w:rsid w:val="00B1264A"/>
     <w:rsid w:val="00B205F2"/>
     <w:rsid w:val="00B25B51"/>
     <w:rsid w:val="00B25D3E"/>
     <w:rsid w:val="00B51567"/>
     <w:rsid w:val="00B51609"/>
     <w:rsid w:val="00B83217"/>
     <w:rsid w:val="00B970AF"/>
     <w:rsid w:val="00BB06DF"/>
     <w:rsid w:val="00BB29F0"/>
     <w:rsid w:val="00BC4A05"/>
     <w:rsid w:val="00BE75F4"/>
     <w:rsid w:val="00BF7FF0"/>
     <w:rsid w:val="00C33FF0"/>
     <w:rsid w:val="00C41E0D"/>
     <w:rsid w:val="00C70FAD"/>
     <w:rsid w:val="00C71E26"/>
     <w:rsid w:val="00CC06AB"/>
     <w:rsid w:val="00CC5CBB"/>
     <w:rsid w:val="00CF37E6"/>
     <w:rsid w:val="00D10E1F"/>
     <w:rsid w:val="00D20896"/>
     <w:rsid w:val="00D9236C"/>
     <w:rsid w:val="00DA62DC"/>
     <w:rsid w:val="00DB0563"/>
@@ -5959,51 +5139,51 @@
           </w:divsChild>
         </w:div>
       </w:divsChild>
     </w:div>
     <w:div w:id="1876309459">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
   </w:divs>
   <w:optimizeForBrowser/>
   <w:relyOnVML/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:editor@ijesos.com" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ijesos.com/" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.microsoft.com/office/2016/09/relationships/commentsIds" Target="commentsIds.xml"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header5.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header4.xml"/><Relationship Id="rId20" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId11" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header3.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\nihsan\Downloads\www.ijesos.com" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ijesos.com/" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.microsoft.com/office/2016/09/relationships/commentsIds" Target="commentsIds.xml"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header5.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId21" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ijesos.com" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header4.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header3.xml"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\nihsan\Downloads\www.ijesos.com" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:editor@ijesos.com" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/></Relationships>
 </file>
 
 <file path=word/_rels/footer1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.ijesos.com/" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.ijesos.com/" TargetMode="External"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Teması">
   <a:themeElements>
     <a:clrScheme name="Ofis">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="5B9BD5"/>
       </a:accent1>
@@ -6248,69 +5428,69 @@
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="/APASixthEditionOfficeOnline.xsl" StyleName="APA" Version="6"/>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{838C4D02-D099-4875-8F6E-CD5A003085CF}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
   <Pages>2</Pages>
-  <Words>226</Words>
-  <Characters>1293</Characters>
+  <Words>225</Words>
+  <Characters>1288</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
   <Lines>10</Lines>
   <Paragraphs>3</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Konu Başlığı</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>1516</CharactersWithSpaces>
+  <CharactersWithSpaces>1510</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>Microsoft Office User</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>